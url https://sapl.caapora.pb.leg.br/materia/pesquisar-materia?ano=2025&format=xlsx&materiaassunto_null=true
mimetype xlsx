--- v0 (2025-12-19)
+++ v1 (2026-03-26)
@@ -10,503 +10,512 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="968" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="976" uniqueCount="446">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CMC</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE CAAPORA - PMC</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/</t>
+    <t>http://sapl.caapora.pb.leg.br/media/</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AOS_x000D_
 PROFISSIONAIS DO MAGISTÉRIO DO_x000D_
 MUNICÍPIO DE CAAPORA, CONFORME_x000D_
 ESPECIFICA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/387/camscanner_14-03-2025_10.03.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/387/camscanner_14-03-2025_10.03.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial e dá outra lá providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_lei_n.003-2025_1_1.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_lei_n.003-2025_1_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do conselho LGBTQIA+ e dá outras providências.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/393/img_0956.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/393/img_0956.pdf</t>
   </si>
   <si>
     <t>Institui o programa Amigo da Natureza que trata da preservação do Meio Ambiente por meio do plantio de árvores nativas e Educação Ambiental.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/396/projeto_de_leite_005-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/396/projeto_de_leite_005-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do conselho de defesa dos direitos dos LGBTQIAPN+ e dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_leite_006-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_leite_006-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa de transferência de renda - renda mais CAAPORÃ e dá outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_007_2025_ordenador_de_despesas_assinado.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_007_2025_ordenador_de_despesas_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a delegação de _x000D_
 competência para o ordenamento de _x000D_
 despesa no município de Caaporã e _x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Filipão, Emanuel Pipo</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/402/camscanner_22-04-2025_10.15.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/402/camscanner_22-04-2025_10.15.pdf</t>
   </si>
   <si>
     <t>Concede Título de cidadão Caaporense ao Padre Jardel Gonçalves Ferreira responsável pela as paróquia Nossa Senhora da Conceição nesse município.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_n010-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_n010-2025.pdf</t>
   </si>
   <si>
     <t>DÉBITOS FISCAIS - REFIS MUNICIPAL_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>CAMARA MUNICIPAL DE CAAPORA - CMC</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/445/camscanner_18-06-2025_17.35.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/445/camscanner_18-06-2025_17.35.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONCESSÃO DE_x000D_
 DOAÇÃO DE IMÓVEL DE_x000D_
 PROPRIEDADE DO MUNICÍPIO À_x000D_
 IGREJA ASSEMBLEIA DE DEUS_x000D_
 EM CAAPORÃ-PB. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/450/mensagem_projeto_de_lei_fumcep_caapora-pb_assinado_assinado.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/450/mensagem_projeto_de_lei_fumcep_caapora-pb_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO_x000D_
 FUNDO MUNICIPAL DE COMBATE A_x000D_
 FOME, ERRADICAÇÃO DA POBREZA_x000D_
 E DAS DESIGUALDADES SOCIAIS, E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_013.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de área_x000D_
 pública municipal destinada a_x000D_
 equipamento comunitário, situada_x000D_
 no Parque Industrial de Caaporã, e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/449/0-pl_no_000-2025_-_modifica_a_lei_de_subsidios_dos_agentes_politicos_municipais.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/449/0-pl_no_000-2025_-_modifica_a_lei_de_subsidios_dos_agentes_politicos_municipais.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL Nº 901/2024, QUE_x000D_
 DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDOS DOS_x000D_
 AGENTES POLÍTICOS MUNICIPAIS DE CAAPORÃ, E_x000D_
 ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Institui, no âmbito do Municipio de carpora-_x000D_
 PB, o Projeto "Educa + Caaporã"_x000D_
 e dá o u t r a s_x000D_
 providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_17-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_17-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "DIA MUNICIPAL DO_x000D_
 CORREDOR", A SER COMEMORADO NA DATA_x000D_
 DE 08 DE FEVEREIRO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Beto Da Prestação</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/467/camscanner_12-09-2025_11.59.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/467/camscanner_12-09-2025_11.59.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSPARÊNCIA NAS LISTAS DE_x000D_
 CAMARA MUNICIPAL DE CAAPORA ESPERA DO SISTEMA ÚNICO DE SAÚDE - SUS, NO_x000D_
 Protocolo n° 257/2025 AMBITO DO MUNICIPIO DE CAAPORA/PB,_x000D_
 Data:/2 /07/2025. ESTABELECE REGRAS DE PUBLICIDADE E_x000D_
 PROTEÇÃO DE DADOS PESSOAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/468/projeto_de_lei_n19-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/468/projeto_de_lei_n19-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de_x000D_
 áreas públicas municipal destinada_x000D_
 a área verde e equipamento_x000D_
 comunitário, situadas no Distrito_x000D_
 Industrial e no Parque Industrial de_x000D_
 Caaporã, e dá outras providências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/478/projeto_de_lei_23.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/478/projeto_de_lei_23.pdf</t>
   </si>
   <si>
     <t>RECONHECE COMO ENTIDADE DE UTILIDADE PÚBLICA_x000D_
 A ASSOCIAÇÃO DE MORADORES DE CUPISSURA DE CAAPORÃ-PB</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Filipão</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_24.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_24.pdf</t>
   </si>
   <si>
     <t>Fica instituída a obrigatoriedade da oferta de cursos de capacitação profissional para cuidadores de crianças, idosos e pessoas com deficiência em todo o território municipal.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_lei_026-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_lei_026-2025.pdf</t>
   </si>
   <si>
     <t>Institui e Regulamenta o Rateio do Incentivo Financeiro do_x000D_
 Programa de Qualificação das Ações de Vigilância em Saúde (PQA-VS) no âmbito_x000D_
 da Secretaria Municipal de Saúde de Caapora/PB.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_lei_n_027-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_lei_n_027-2025.pdf</t>
   </si>
   <si>
     <t>regulamenta a nova metodologia de_x000D_
 cofinanciamento federal do Piso de Atenção Primária à Saúde - APS, no âmbito do_x000D_
 Sistema Único de Saúde (SUS), instituído pela Portaria GM/MS N° 3.493, de_x000D_
 10/04/2024, destinado aos profissionais de saúde inscritos no Sistema de Cadastro_x000D_
 Nacional de Estabelecimentos de Saúde (SCNES) e vinculados às equipes de Equipe_x000D_
 Saúde da Família (ESF), Equipe de Saúde Bucal (ESB) e Equipe Multiprofissionais_x000D_
 (EMULTI) do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/492/camscanner_14-10-2025_09.46.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/492/camscanner_14-10-2025_09.46.pdf</t>
   </si>
   <si>
     <t>EMENTA: INSTITUI O FUNDO MUNICIPAL DO_x000D_
 MEIO AMBIENTE (FMMA) NO MUNICÍPIO DE_x000D_
 CAAPORÃ, ESTABELECE SEUS OBJETIVOS,_x000D_
 COMPOSIÇÃO, ADMINISTRAÇÃO, DESTINAÇÕES,_x000D_
 ATIVOS, ORÇAMENTO E CONTABILIDADE, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_numero_33-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_numero_33-2025.pdf</t>
   </si>
   <si>
     <t>Encaminhamos à apreciação desta Egrégia Câmara Municipal o_x000D_
 presente Projeto de Lei que regulamenta a instalação da Unidade de_x000D_
 Gerenciamento Integrada de Resíduos Sólidos Urbanos - UGIRSU no_x000D_
 âmbito do Município de Caaporã/PB.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/502/camscanner_15-12-2025_11.17.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/502/camscanner_15-12-2025_11.17.pdf</t>
   </si>
   <si>
     <t>Antoriza o poder executivo a celebrar termo de_x000D_
 cooperação financeira com o núcleo de integração_x000D_
 rural - NIR para construção de 60 unidades_x000D_
 habitacionais, com recursos do fundo municipal de_x000D_
 combate à fome, erradicação da pobreza e das_x000D_
 desigualdades sociais, e com recursos próprios do_x000D_
 município como fonte subsidiária.</t>
   </si>
   <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>Lei de Diretrizes Orçamentárias. Estabelece as regras para a elaboração da Lei Orçamentária Anual 2026</t>
+  </si>
+  <si>
     <t>398</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/398/lei_923_de_26_de_marco_de_2025_assinado.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/398/lei_923_de_26_de_marco_de_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha “Amigo da Natureza”_x000D_
 que dispõe sobre medidas de preservação_x000D_
 do meio ambiente e de educação_x000D_
 ambiental por meio do plantio coletivo de_x000D_
 mudas de árvores nativas.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/399/lei_924_de_01_de_abril_de_2025_28129_assinado.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/399/lei_924_de_01_de_abril_de_2025_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o remanejamento, a transposição e a_x000D_
 transferência de recursos das dotações_x000D_
 orçamentárias constantes da lei orçamentária_x000D_
 anual para 2025 até o limite que especifica e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/400/lei_925_de_01_de_abril_de_2025_assinado.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/400/lei_925_de_01_de_abril_de_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de_x000D_
 Caaporã/PB, o Programa de Transferência_x000D_
 de Renda – PROGRAMA RENDA MAIS_x000D_
 CAAPORÃ, e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/420/lei_n._926-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/420/lei_n._926-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DELEGAÇÃO DE_x000D_
 COMPETÊNCIA PARA O ORDENAMENTO_x000D_
 DE DESPESA NO MUNICÍPIO DE_x000D_
 CAAPORÃ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PARCELAMENTO_x000D_
 DE DÉBITOS FISCAIS – REFIS_x000D_
 MUNICIPAL E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>928</t>
   </si>
@@ -571,79 +580,79 @@
   <si>
     <t>Dispõe sobre a desafetação de área pública_x000D_
 municipal destinada a equipamento_x000D_
 comunitário, situada no Parque Industrial_x000D_
 de Caaporã, e dá outras providências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Caaporã-PB, o Projeto “Educa + Caaporã” e dá outras providências.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Nel Batera</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_n_01-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_n_01-2025.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, a Vossas Excelências, na forma Regimental, que_x000D_
 seja encaminhada ao Sr. Carlos Pereira de Carvalho e Silva, diretor de Operações do_x000D_
 Departamento de Estradas de Rodagem da Paraíba (DER-PB), solicitação deste Poder_x000D_
 Legislativo, para que providencie a instalação de duas lombadas físicas na PB 034, nas_x000D_
 proximidades dos loteamentos Bela Caaporã e Loteamento Parque dos Ypês, na chegada_x000D_
 da cidade de Caaporã/PB.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_n_02-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_n_02-2025.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, à Vossas Excelências, na forma do Regimento Interno desta Casa de_x000D_
 Legislativa, e depois de vencidas todas as formalidades regimentais, que sejam_x000D_
 encaminhadas manifestações de apelo ao Prefeito Municipal a Aquisição de Peixes,_x000D_
 destinados a doação às famílias em situação de vulnerabilidade (Cadastradas no_x000D_
 "CadÚnico") e Servidores Municipais que estiverem enquadrados na faixa salarial de_x000D_
 até 01 (um) Salário Mínimo.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_n_03-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_n_03-2025.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, à Vossas Excelências, na forma do Regimento Interno desta Casa de_x000D_
 Legislativa, e depois de vencidas todas as formalidades regimentais, que sejam oficiado ao_x000D_
 Exmo. Sr. Prefeito Municipal, solicitando-lhe providências dos departamentos_x000D_
 competentes, visando encaminhar as seguintes informações a esta Casa de Leis:</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>Nô De Cupissura</t>
   </si>
   <si>
     <t>A vereadora Elianor, no uso de suas atribuições regimentais, vem_x000D_
 respeitosamente requerer que, após a tramitação regimental, seja realizado um momento solene em alusão ao Dia Internacional da Mulher, celebrando em 8 de março, nesta Casa Legislativa.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>A vereadora Elianor, no uso de suas atribuições regimentais, vem_x000D_
 respeitosamente requerer que, após a tramitação regimental, seja encaminhado ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal e ao órgão competente da administração_x000D_
 publica a solicitação de conclusão do Calçamento da Rua Projetada, localizada_x000D_
@@ -661,626 +670,623 @@
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>Exmo. Presidente Venho na forma Regimental requerer ao plenário dessa Egrégia Casa legislativa que seja submetido a apreciação votação o referido Requerimento que solicita ao_x000D_
 Poder Executivo ações no sentido de construir na Escola Municipal Severina Helene uma quadra poliesportiva.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Exmo. Presidente Venho na forma Regimental requerer ao plenário dessa Egrégia Casa_x000D_
 legislativa que seja submetida a apreciação e votação o referido Requerimento que solicita ao_x000D_
 Poder Executivo ações no sentido de doação de mão-de-obra (Pedreiros e Serventes)_x000D_
 destinados a construção do muro do Campo do Corinthians no Bairro do Mutirão neste_x000D_
 município.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/388/camscanner_14-03-2025_09.26.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/388/camscanner_14-03-2025_09.26.pdf</t>
   </si>
   <si>
     <t>Requer a mesa ouvindo as formalidades regimentais, requer ao prefeito desse município, que seja adicionado ao orçamento o calendário de custeio com festividades.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/389/camscanner_14-03-2025_09.28.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/389/camscanner_14-03-2025_09.28.pdf</t>
   </si>
   <si>
     <t>Requer a mesa ouvindo as formalidades regimentais, requer ao prefeito desse município, que seja realizado reparos no calçamento da rua Zacarias Batista.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/390/camscanner_14-03-2025_10.03_2.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/390/camscanner_14-03-2025_10.03_2.pdf</t>
   </si>
   <si>
     <t>Requer a mesa ouvindo as formalidades regimentais, que seja realizado uma audiência pública para tratar do assunto sobre a obra da barragem de Cupissura distrito deste município.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>Biu de Zezé</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_13-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_13-2025.pdf</t>
   </si>
   <si>
     <t>Requer a mesa ouvindo as formalidades regimentais, solicita ao prefeito deste município, que seja realizado serviço de limpeza e revitalização da rua Zacarias Batista no bairro Santo Antônio.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_12-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_12-2025.pdf</t>
   </si>
   <si>
     <t>Requer a mesa ouvindo as formalidades regimentais, solicita ao prefeito deste município, que seja instalada faixas de pedestres enfrente as escolas Santos Nazário e Arco íris nesta cidade.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_nel_batera.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_nel_batera.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja formulado apelo ao Prefeito do Município, Sr. Francisco Nazário para inclusão da rota do transporte universitário ao Bairro do Mangabeira nesta cidade.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_16-25_nel_batera.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_16-25_nel_batera.pdf</t>
   </si>
   <si>
     <t>Requer à Mesa, que seja formulado apelo ao Prefeito do Município, Sr. Francisco Nazário para inclusão da Campanha Agosto Caramelo no calendário de atividades do município.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_182025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_182025.pdf</t>
   </si>
   <si>
     <t>Venho na forma Regimental requerer ao plenário dessa Egrégia Casa_x000D_
 legislativa que seja submetida a apreciação e votação o referido Requerimento que solicita ao_x000D_
 Poder Executivo ações no sentido de instalação de câmeras de monitoramento de prédios e_x000D_
 espaços públicos em nosso município.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/401/camscanner_22-04-2025_10.15.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/401/camscanner_22-04-2025_10.15.pdf</t>
   </si>
   <si>
     <t>Venho na forma Regimental requerer ao plenário dessa Egrégia Casa legislativa que seja submetida a apreciação e votação o referido Requerimento que solicita ao Poder Executivo ações no sentido de pavimentação das Ruas 27 de Dezembro, Rua Santino Manoel Luiz e Rua Severino Pedro dos Santos, no bairro Piquete e Rua José Nicolau e Rua Nova ambas no Bairro Centro nesse município.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/403/camscanner_22-04-2025_10.21.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/403/camscanner_22-04-2025_10.21.pdf</t>
   </si>
   <si>
     <t>Venho na forma Regimental requerer ao plenário dessa Egrégia Casa legislativa que seja submetida a apreciação e votação o referido Requerimento que solicita ao Poder Executivo ações no sentido da realização de uma revitalização (Revigorar, da vida ou vigor) das margens da BR PB-044 no trecho que compreende o Bairro do Piquete até o Conjunto Vitória nesse município.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/404/camscanner_22-04-2025_10.21.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/404/camscanner_22-04-2025_10.21.pdf</t>
   </si>
   <si>
     <t>Venho na forma Regimental requerer ao plenário dessa Egrégia Casa legislativa que seja submetida a apreciação e votação o referido Requerimento que solicita ao Poder Executivo ações no sentido de construção de uma praça no Conjunto Vitória nesse município.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/405/camscanner_22-04-2025_10.34.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/405/camscanner_22-04-2025_10.34.pdf</t>
   </si>
   <si>
     <t>Venho na forma Regimental requerer ao plenário dessa Egrégia Casa legislativa que seja submetida a apreciação e votação o referido Requerimento que solicita ao Poder Executivo ações no sentido de reforma da praça do Conjunto Pereirão nesse município, em especifico na Rua Antonio Veloso Correia.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/406/camscanner_22-04-2025_10.34.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/406/camscanner_22-04-2025_10.34.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando a REFORMA E REATIVAÇÃO DO PRÉDIO E FUNCIONAMENTO DO SOPÃO COMUNITÁRIO NO DISTRITO DE CUPISSURA.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/407/camscanner_22-04-2025_11.13.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/407/camscanner_22-04-2025_11.13.pdf</t>
   </si>
   <si>
     <t>A vereadora que este subscreve,no uso de suas atribuições legais regimentais,vem respeitosamente requerer,após ouvido o Plenário, que seja encaminhado o presente requerimento ao Excelentíssimo Senhor Prefeito Municipal, solicitando a reforma da QUADRA POLIESPORTIVA MUNICIPAL EM CUPISSURA.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Ednaldo Camarão</t>
   </si>
   <si>
     <t>EXCELENTÍSSIMO SENHOR PRESIDENTE, SENHORES VEREADORES;_x000D_
 Ednaldo Oliveira de Souza, vereador constituído pela população desta cidade e_x000D_
 distritos que fazem parte, venho em forma de requerimento, requerer meios de_x000D_
 transporte para o deslocamento de pacientes durante horário noturno.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/410/camscanner_30-04-2025_11.58.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/410/camscanner_30-04-2025_11.58.pdf</t>
   </si>
   <si>
     <t>A vereadora que este subscreve, no uso de suas atribuições legais e regimentais, vem, após_x000D_
 ouvido o Plenário, requerer que seja encaminhado expediente ao Excelentíssimo Senhor_x000D_
 Prefeito Municipal, solicitando a realocação da Escola Municipal Maria do Carmo Rodrigues,_x000D_
 localizada na Fazenda Retirada, s/n", zona rural de Caaporã, para um local mais seguro.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_27-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_27-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o meio de transporte_x000D_
 para locomoção de pacientes.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_28-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_28-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reforma da Escola_x000D_
 Municipal, Enéas Possidônio.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_29-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_29-2025.pdf</t>
   </si>
   <si>
     <t>Requer para um melhor desempenho cultural e intelectual na educação, o desenvolvimento de aulas de música e de canto na Escola Municipal Enéas Possidônio, localizada na Rua e Destilaria Tabu, numeração_x000D_
 77.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_30-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_30-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a complementação ao_x000D_
 requerimento n° 27/2025..</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Oto Mariano</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_31-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_31-2025.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, no uso de minhas atribuições regimentais, requerer aos_x000D_
 nobres colegas Vereadores que compõe essa Egrégia Casa Legislativa, a apreciação e_x000D_
 consequentemente a aprovação do requerimento (que trata da solicitação de um ponto_x000D_
 ixo de atendimento médico na Comunidade do Barreiros) de um munícipe de nossa_x000D_
 Cidade, que solicitou a minha representatividade perante esse Parlamento.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/411/img_3936.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/411/img_3936.pdf</t>
   </si>
   <si>
     <t>Venho por intermédio deste, no uso de minhas atribuições regimentais, requerer aos nobres colegas Vereadores que compõe essa Egrégia Casa Legislativa, a apreciação e consequentemente a aprovação do requerimento (que trata da solicitação de atendimento médico regular nas Comunidades de Muitos Rios e Cerca Velha) de um munícipe de nossa Cidade.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/426/requerimento_33-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/426/requerimento_33-2025.pdf</t>
   </si>
   <si>
     <t>Venho, por meio deste, solicitar ao Poder Executivo, a execução de obras de drenagem das águas pluviais e calçamentos nas Ruas Igaporã e Jaçanã, localizada no Bairro Nova Caaporã .</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_34-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_34-2025.pdf</t>
   </si>
   <si>
     <t>Venho, por meio deste, solicitar ao Poder Executivo, a instalação de refletores no campo_x000D_
 do Caaporaã, localizado no Bairro Nova CAAPORÃ.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_35-25_de_filipe_.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_35-25_de_filipe_.pdf</t>
   </si>
   <si>
     <t>Requer pavimentação em ruas do conjunto Pereirão.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_36-25_filipe_.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_36-25_filipe_.pdf</t>
   </si>
   <si>
     <t>Requer reposição do calçamento na rua epidio cessar da paixão.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>37</t>
-[...2 lines deleted...]
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento_37-25_filipe_.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento_37-25_filipe_.pdf</t>
   </si>
   <si>
     <t>Requer A pavimentação de ruas no bairro mutirão.....</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Emanuel Pipo</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/417/camscanner_23-05-2025_11.24.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/417/camscanner_23-05-2025_11.24.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, à Vossas Excelências, na forma do Regimento Interno desta Casa de_x000D_
 Legislativa, e depois de vencidas todas as formalidades regimentais, que sejam oficializado_x000D_
 ao Exmo. Sr. Prefeito Municipal e a Secretária Municipal de Educação a viabilidade da_x000D_
 Criação de um berçário municipal ou ampliação dos serviços das creches, para atender_x000D_
 crianças de 0 a 3 anos, com estrutura adequada conforme normas pré-estabelecidas.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/416/camscanner_23-05-2025_11.23.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/416/camscanner_23-05-2025_11.23.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, à Vossas Excelências, na forma do Regimento Interno desta Casa de Legislativa,_x000D_
 e depois de vencidas todas as formalidades regimentais, que seja solicitado ao Exmo. Sr._x000D_
 Prefeito Municipal, estudos para criar a Coordenadoria Municipal de Defesa Civil_x000D_
 (COMDEC).</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/418/camscanner_23-05-2025_11.38.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/418/camscanner_23-05-2025_11.38.pdf</t>
   </si>
   <si>
     <t>Venho na forma Regimental, após ouvir o plenário requerer a essa_x000D_
 Egrégia casa Legislativa, que encaminhe ao Poder Executivo após a aprovação a_x000D_
 solicitação que trata de "(Convênios com Clínicas Particulares para realização_x000D_
 de Consultas e Exames de alta Complexibilidade)".</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/419/camscanner_23-05-2025_11.39.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/419/camscanner_23-05-2025_11.39.pdf</t>
   </si>
   <si>
     <t>Venho na forma Regimental, após ouvir o plenário requerer a essa_x000D_
 Egrégia casa Legislativa, que encaminhe ao Poder Executivo após a aprovação o_x000D_
 Requerimento que trata da solicitação de uma análise para Implantação de_x000D_
 Insalubridade e Periculosidade aos salários de Garis e Coveiros, servidores do_x000D_
 nosso Município.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/422/requerimento_42-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/422/requerimento_42-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao plenário dessa Egrégia Casa_x000D_
 legislativa que seja submetida a apreciação e votação o referido requerimento que solicita ao_x000D_
 Poder Executivo ações no sentido de realização das festividades juninas nos bairros de nosso_x000D_
 município incluindo-as no calendário municipal de eventos.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_43-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_43-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao plenário dessa Egrégia Casa_x000D_
 legislativa que seja submetida a apreciação e votação o referido Requerimento que solicita ao_x000D_
 Poder Executivo ações na construção de duas centrais de velórios sendo um em Cupissura e_x000D_
 outro em Caaporã.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_44-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_44-2025.pdf</t>
   </si>
   <si>
     <t>Requerer a menção honrosa ao Sr. Israel José Rosendo (Tafarel de Caaporã).</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_45-2025_.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_45-2025_.pdf</t>
   </si>
   <si>
     <t>Requerer o pavimento da Rua Anastácia Joaquina, localizada no Bairro Mutirão.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_46-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_46-2025.pdf</t>
   </si>
   <si>
     <t>O vereador Severino Pereira, no uso de suas atribuições regimentais, vem_x000D_
 respeitosamente requerer a menção honrosa ao Sr. Fernando Veloso de Oliveira Júnior</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_47.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_47.pdf</t>
   </si>
   <si>
     <t>Requer e essa Egrégia_x000D_
 Casa Legislativa a apreciação da propositura que trata, da indicação para estudos no_x000D_
 Executivo sobre a Inclusão dos Quinquênios ao Servidor Público quando em seu_x000D_
 p e d i d o d e a p o s e n t a d o r i a .</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_48.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_48.pdf</t>
   </si>
   <si>
     <t>Requer e essa Egrégia_x000D_
 Casa Legislativa e que encaminhe ao Poder Executivo após aprovação a Propositura_x000D_
 que trata da Construção de um Trevo nas mediações das Ruas Luiz Aranha, Rua_x000D_
 do Comércio e Rua do Rio ambas no Distrito de Cupissura.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/440/requerimento_49.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/440/requerimento_49.pdf</t>
   </si>
   <si>
     <t>Requer e essa Egrégia_x000D_
 Casa Legislativa que seja submetida a apreciação e votação o referido requerimento_x000D_
 que trata da Aquisição por parte do Poder Executivo em entendimentos com a_x000D_
 família Silvino de Cupissura de um terreno localizado na principal entre as Ruas_x000D_
 do Comércio e Frederico Lundgren, para Construção de Estabelecimentos_x000D_
 Públicos.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_50.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_50.pdf</t>
   </si>
   <si>
     <t>Requer ao plenário dessa Egrégia Casa legislativa_x000D_
 que seja submetida a apreciação e votação o referido Requerimento que solicita ao Poder_x000D_
 Executivo em especial ao Sr. Prefeito Francisco Natário de Oliveira e a Sra. Cristiane Rodrigues de_x000D_
 Oliveira Pinho (Secretária de Educação) ações no sentido de instalação de salas de crise para_x000D_
 pessoas com Transtorno do Espectro Autismo (TEA) nas escolas municipais.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>REQUEIRO, a Vossas Excelências, na forma Regimental, que_x000D_
 seja encaminhada ao Prefeito Constitucional do Município de Caaporã/PB, Sr._x000D_
 Francisco Nazário, pedido de desagravo público em virtude das violações às minhas_x000D_
 prerrogativas como Vereador do Município de Caaporã/PB, no dia 04/07/2025, na sede_x000D_
 da Secretaria Municipal de Educação, em virtude do tratamento hostil ofertado por_x000D_
 servidores presentes no local.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Requer ao plenário dessa Egrégia Casa legislativa_x000D_
 que seja submetida a apreciação e votação o referido Requerimento que solicita ao Poder_x000D_
 Executivo e Secretaria de Municipal de Educação a instalação de um centro de ensino em línguas_x000D_
 estrangeiras em nosso município.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Atos Santino</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n55-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n55-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao plenário dessa_x000D_
 Egrégia Casa Legislativa que seja Submetida a apreciação e votação o referido_x000D_
 Requerimento que solicita ao Poder Executivo e a secretaria de saúde um transporte_x000D_
 para ficar a disposição dos moradores da comunidade Retirada.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_56-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_56-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao plenário dessa_x000D_
 Egrégia Casa Legislativa que seja Submetida a apreciação e votação o referido_x000D_
 Requerimento que solicita ao Poder Executivo e a secretaria de Educação reparos na_x000D_
 escola da comunidade de Retirada.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_57-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_57-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao plenário dessa_x000D_
 Egrégia Casa Legislativa que seja Submetida a apreciação e votação o referido_x000D_
 Requerimento que solicita ao Poder Executivo melhorias no abastecimento de água da_x000D_
 comunidade da Divisa.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_58-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_58-2025.pdf</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Exmo. Presidente Venho na forma Regimental requerer ao plenário dessa_x000D_
 Egrégia Casa Legislativa que seja Submetida a apreciação e votação o referido_x000D_
 Requerimento que solicita ao Poder Executivo e a secretaria de Infraestrutura melhorias e pavimentação para ruas do bairro borogodó.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Exmo. Presidente Venho na forma Regimental requerer ao plenário dessa_x000D_
 Egrégia Casa Legislativa que seja Submetida a apreciação e votação o referido_x000D_
 Requerimento que solicita ao Poder Executivo e a secretaria de Infraestrutura melhorias e pavimentação para ruas do bairro Conjunto Mangabeira.</t>
   </si>
   <si>
     <t>484</t>
@@ -1322,75 +1328,75 @@
     <t>64</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem,_x000D_
 respeitosamente, requerer, após ouvido o Plenário, que seja encaminhado ao_x000D_
 Excelentíssimo Senhor Prefeito Municipal o seguinte pedido:_x000D_
 Solicitação de passagem molhada das Ruas José Honório de Lima e Rua Valentim</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>O vereador Severino Pereira, no uso de suas atribuições regimentais, vem_x000D_
 respeitosamente requerer a Pavimentação da Rua José Nicolau e Rua Nova.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_67_oto.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_67_oto.pdf</t>
   </si>
   <si>
     <t>Requer a adequação do Município de Caaporã ao novo Símbolo Internacional de Acessibilidade da Pessoa com Deficiência (PCD), instituindo a obrigatoriedade de sua utilização em órgãos públicos e empreendimentos privados de uso coletivo, em conformidade com a legislação federal vigente, no prazo máximo de 03 (três) anos, conforme estabelecido pela lei nacional.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_68_filipe_.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_68_filipe_.pdf</t>
   </si>
   <si>
     <t>Exmo. Presidente Venho na forma Regimental requerer ao plenário dessa Egrégia Casa legislativa que seja submetida a apreciação e votação o referido Requerimento que solicita ao Poder Executivo ações no sentido de pavimentação das entradas das ruas principais do Conjunto Bela Caaporã nesse município.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_69_filipe_.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_69_filipe_.pdf</t>
   </si>
   <si>
     <t>Exmo. Presidente Venho na forma Regimental requerer ao plenário dessa Egrégia Casa legislativa que seja submetida a apreciação e votação o referido Requerimento que solicita ao Poder Executivo ações no sentido de implantação de uma cozinha comunitária em nosso município.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Fau de Cupipisura, Oto Mariano</t>
   </si>
   <si>
     <t>Que a Mesa Diretora da Câmara Municipal de Caaporã delibere e encaminhe_x000D_
 expediente ao Poder Executivo Municipal e às empresas de telecomunicações que_x000D_
 operam no município, para que seja exigida a instalação e manutenção de dispositivos_x000D_
 de sinalização aérea e terrestre em todas as torres de telecomunicações existentes no_x000D_
 território municipal, no prazo máximo previsto pela legislação federal e regulamentos_x000D_
 expedidos pela Agência Nacional de Aviação Civil - ANAC, pelo Departamento de_x000D_
 Controle do Espaço Aéreo - DECEA e pela Agência Nacional de Telecomunicações -_x000D_
 ANATEL.</t>
   </si>
   <si>
     <t>480</t>
@@ -1436,97 +1442,97 @@
   <si>
     <t>488</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Requer que esta Casa Legislativa_x000D_
 delibere e aprove solicitação ao Poder_x000D_
 Executivo Municipal para regulamentar os_x000D_
 horários oficiais da FEIRA LIVRE de_x000D_
 Caaporã, fixando a montagem às sextas-feiras_x000D_
 das 18h às 21h, o funcionamento aos sábados_x000D_
 até as 13h e a desmontagem até as 15h,_x000D_
 visando à organização do espaço público e à_x000D_
 harmonia entre feirantes e comerciantes_x000D_
 iocais.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/493/camscanner_14-10-2025_11.41.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/493/camscanner_14-10-2025_11.41.pdf</t>
   </si>
   <si>
     <t>Requer que esta Casa Legislativa_x000D_
 delibere e aprove solicitação ao Poder_x000D_
 Executivo Municipal de Caapora - PB, para_x000D_
 que adote, em caráter de urgência, medidas de_x000D_
 organização, demarcação e padronização_x000D_
 dos jazigos e lotes nos cemitérios públicos_x000D_
 do município om início imediato n o_x000D_
 Cemitério de Cupissura, a fim de assegurar_x000D_
 sepultamentos dignos, prevenir_x000D_
 desorganização estrutural e corrigir erros_x000D_
 históricos de ocupação desordenada.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/494/camscanner_14-10-2025_11.40.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/494/camscanner_14-10-2025_11.40.pdf</t>
   </si>
   <si>
     <t>Requer que esta Casa Legisiativa_x000D_
 delibero e aprove solicitação ao Podor_x000D_
 Executivo Municipal de Caaporã - PB e à_x000D_
 Secretaria Municipal de Infraestrutura e_x000D_
 Serviços Urbanos (SEINFRA), para que_x000D_
 adotem medidas emergenciais de revisão,_x000D_
 reforço e reconstrução do muro do_x000D_
 Cemitério de Caaporã, bem como execução_x000D_
 de serviços de manutenção, iluminação,_x000D_
 impeza e segurança nos cemitérios_x000D_
 p a b l i c o s m a n i c i p a i s , v i s a n u c h i m i n a r r i s c o s_x000D_
 de desabamento e garantir dignidade e_x000D_
 segurança à população.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_77-_2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_77-_2025.pdf</t>
   </si>
   <si>
     <t>Reforma do Campo do Caaporã</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>A vereadora Elianor, no uso de suas atribuições regimentais, vem respeitosamente requerer que,_x000D_
 após a tramitação regimental, seja encaminhado ao Excelentíssimo Senhor Prefeito Municipal,_x000D_
 especialmente à Secretaria de Infraestrutura, para que sejam adotadas as providências necessárias para a_x000D_
 CONSTRUÇÃO DE UMA CAPELA, DE UMA SALA VELATÓRIA E DE UMA FACHADA PARA O CEMITÉRIO DE_x000D_
 CUPISSURA, nos termos que seguem:</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Pavimentação da Rua das Violetas e Rua da Flor - Conjunto Mangabeira</t>
@@ -1547,124 +1553,124 @@
     <t>495</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>O vereador Severino Pereira, no uso de suas atribuições regimentais,_x000D_
 vem respeitosamente requerer a pavimentação da rua Petronila Maria.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>construção da sede e vestiário do Corinthians Futebol</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_01-25_filipe_.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_01-25_filipe_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa de aceleração do Emprego Caaporense</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_03-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_03-2025.pdf</t>
   </si>
   <si>
     <t>Venho na forma Regimental, após ouvir o plenário, submeter a essa Egrégia casa Legislativa a apreciação da Indicação Legislativa que trata da criação do beneficio denominado Amparo ao Atleta.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/432/camscanner_10-06-2025_09.59.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/432/camscanner_10-06-2025_09.59.pdf</t>
   </si>
   <si>
     <t>INDICA-SE A TRANSFORMAÇÃO NOMENCLATIVA DA CM (GUARDA CIVIL MUNICIPAL) PARA A_x000D_
 NOMENCLATURA DE POLÍCIA MUNICIPAL, SEGUINDO AS ATRIBUIÇÕES NECESSÁRIAS PARA A_x000D_
 REALIZAÇÃO DESSE PROCESSO NO AUMENTO DA SEGURANÇA PÚBLICA MUNICIPAL, ONDE OUTROS MUNICÍPIOS JÁ DISPÕEM DESSE AVANÇO NO AUMENTO DA SEGURANÇA. ESSA MUDANÇA DE NOMENCLATURA TAMBÉM INFLUENCIARA NO AUMENTO DA AUTORIDADE DESSES PROFISSIONAIS EM DETERMINADAS SITUAÇÕES, USANDO DO POLICIAMENTO OSTENSIVO E PRISÕES EM FLAGRANTE APÓS A_x000D_
 AUTORIZAÇÃO DO SUPREMO TRIBUNAL FEDERAL (STF).</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/433/camscanner_10-06-2025_09.59.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/433/camscanner_10-06-2025_09.59.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO E ABERTURA DE ÁREAS OU ESPAÇOS ONDE NO QUAL SEJAM DIRECIONADOS AO_x000D_
 DESENVOLVIMENTO DE PEQUENAS EMPRESAS, COMO A EMPRESA PERTENCENTE AO SENHOR PAULO DO_x000D_
 CÓCO E A EMPRESA PERTENCENTE AO SENHOR ISAÍAS DA ARTE BLOCOS, POIS NECESSITAM DE ESPAÇO_x000D_
 PARA IMPLANTAR E DESENVOLVER SUAS EMPRESAS, AUMENTANDO A PRODUTIVIDADE DA CIDADE E_x000D_
 GERANDO MAIS EMPREGOS; INDICA-SE O PARQUE INDUSTRIAL DE CAAPORA COMO MEIO E LOCAL_x000D_
 VIÁVEL PARA O USO DESSSAS ATRIBUIÇÕES, JUNTAMENTE COM O SINEPE, ONDE SE TORNA NECESSÁRIO._x000D_
 FICA TAMBEM DISPOSTO NESTA INDICAÇÃO A LEI COMPLEMENTAR N°123 DE 14 DE DEZEMBRO DE 2006_x000D_
 (LEI DO ESTATUTO NACIONAL DA MICROEMPRESA E DA EMPRESA DE PEQUENO PORTE), DISPONDO SOBRE_x000D_
 O FAVORECIMENTO DADO AO DESENVOLVIMENTO DAS MICRO EMPRESAS OU EMPRESAS DE PEQUENO_x000D_
 PORTE.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/409/ato_57-2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/409/ato_57-2025.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO FACULTATIVO NO DIA _x000D_
 02 DE MAIO DE 2025 E DÁ OUTRAS _x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL E_x000D_
 ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE_x000D_
 CAAPORÃ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/448/0-plc_no_002-2025_-_modifica_a_lei_de_concessao_de_funcao_gratificada_-_caapora_2025.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/448/0-plc_no_002-2025_-_modifica_a_lei_de_concessao_de_funcao_gratificada_-_caapora_2025.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL Nº 720/2017, QUE_x000D_
 REGULAMENTA A FUNÇÃO GRATIFICADA_x000D_
 INSTITUIDA PELA LEI MUNICIPAL Nº 164/1981, DO_x000D_
 ESTATUTO DOS FUNCIONÁRIOS PÚBLICOS DO_x000D_
 MUNICÍPIO DE CAAPORÃ, E ADOTA OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 003, DE 03 DE DEZEMBRO DE 2020, ESTABELECE REGRAS PARA O REGIME PRÓPRIO DE PREVIDÊNCIA MUNICIPAL, ALTERA A ESTRUTURA E COMPETÊNCIAS DO IPSEC – INSTITUTO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES MUNICIPAIS DE CAAPORÃ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1982,68 +1988,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/387/camscanner_14-03-2025_10.03.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_lei_n.003-2025_1_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/393/img_0956.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/396/projeto_de_leite_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_leite_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_007_2025_ordenador_de_despesas_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/402/camscanner_22-04-2025_10.15.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/445/camscanner_18-06-2025_17.35.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/450/mensagem_projeto_de_lei_fumcep_caapora-pb_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/449/0-pl_no_000-2025_-_modifica_a_lei_de_subsidios_dos_agentes_politicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_17-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/467/camscanner_12-09-2025_11.59.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/468/projeto_de_lei_n19-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/478/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_lei_026-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_lei_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/492/camscanner_14-10-2025_09.46.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_numero_33-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/502/camscanner_15-12-2025_11.17.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/398/lei_923_de_26_de_marco_de_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/399/lei_924_de_01_de_abril_de_2025_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/400/lei_925_de_01_de_abril_de_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/420/lei_n._926-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/388/camscanner_14-03-2025_09.26.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/389/camscanner_14-03-2025_09.28.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/390/camscanner_14-03-2025_10.03_2.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_13-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_12-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_nel_batera.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_16-25_nel_batera.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_182025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/401/camscanner_22-04-2025_10.15.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/403/camscanner_22-04-2025_10.21.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/404/camscanner_22-04-2025_10.21.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/405/camscanner_22-04-2025_10.34.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/406/camscanner_22-04-2025_10.34.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/407/camscanner_22-04-2025_11.13.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/410/camscanner_30-04-2025_11.58.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_27-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_28-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_29-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_30-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_31-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/411/img_3936.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/426/requerimento_33-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_34-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_35-25_de_filipe_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_36-25_filipe_.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento_37-25_filipe_.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/417/camscanner_23-05-2025_11.24.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/416/camscanner_23-05-2025_11.23.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/418/camscanner_23-05-2025_11.38.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/419/camscanner_23-05-2025_11.39.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/422/requerimento_42-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_43-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_44-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_45-2025_.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_46-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/440/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_56-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_57-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_58-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_67_oto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_68_filipe_.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_69_filipe_.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/493/camscanner_14-10-2025_11.41.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/494/camscanner_14-10-2025_11.40.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_77-_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_01-25_filipe_.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/432/camscanner_10-06-2025_09.59.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/433/camscanner_10-06-2025_09.59.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/409/ato_57-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/448/0-plc_no_002-2025_-_modifica_a_lei_de_concessao_de_funcao_gratificada_-_caapora_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/387/camscanner_14-03-2025_10.03.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/452/projeto_de_lei_n.003-2025_1_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/393/img_0956.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/396/projeto_de_leite_005-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_leite_006-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/451/projeto_de_lei_007_2025_ordenador_de_despesas_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/402/camscanner_22-04-2025_10.15.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/436/projeto_de_lei_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/445/camscanner_18-06-2025_17.35.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/450/mensagem_projeto_de_lei_fumcep_caapora-pb_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/446/projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/449/0-pl_no_000-2025_-_modifica_a_lei_de_subsidios_dos_agentes_politicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/466/projeto_de_lei_17-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/467/camscanner_12-09-2025_11.59.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/468/projeto_de_lei_n19-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/478/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/476/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/490/projeto_de_lei_026-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/491/projeto_de_lei_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/492/camscanner_14-10-2025_09.46.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_numero_33-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/502/camscanner_15-12-2025_11.17.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/398/lei_923_de_26_de_marco_de_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/399/lei_924_de_01_de_abril_de_2025_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/400/lei_925_de_01_de_abril_de_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/420/lei_n._926-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/442/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/443/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/444/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/388/camscanner_14-03-2025_09.26.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/389/camscanner_14-03-2025_09.28.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/390/camscanner_14-03-2025_10.03_2.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/391/requerimento_13-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/392/requerimento_12-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/394/requerimento_nel_batera.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/395/requerimento_16-25_nel_batera.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/431/requerimento_182025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/401/camscanner_22-04-2025_10.15.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/403/camscanner_22-04-2025_10.21.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/404/camscanner_22-04-2025_10.21.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/405/camscanner_22-04-2025_10.34.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/406/camscanner_22-04-2025_10.34.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/407/camscanner_22-04-2025_11.13.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/410/camscanner_30-04-2025_11.58.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/430/requerimento_27-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/429/requerimento_28-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/428/requerimento_29-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento_30-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/425/requerimento_31-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/411/img_3936.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/426/requerimento_33-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_34-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento_35-25_de_filipe_.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_36-25_filipe_.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento_37-25_filipe_.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/417/camscanner_23-05-2025_11.24.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/416/camscanner_23-05-2025_11.23.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/418/camscanner_23-05-2025_11.38.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/419/camscanner_23-05-2025_11.39.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/422/requerimento_42-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/423/requerimento_43-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_44-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/435/requerimento_45-2025_.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/437/requerimento_46-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/439/requerimento_47.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/438/requerimento_48.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/440/requerimento_49.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/441/requerimento_50.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/470/requerimento_n55-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_56-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/471/requerimento_57-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/472/requerimento_n_58-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_67_oto.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/477/requerimento_68_filipe_.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/475/requerimento_69_filipe_.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/493/camscanner_14-10-2025_11.41.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/494/camscanner_14-10-2025_11.40.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento_77-_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_01-25_filipe_.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/421/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/432/camscanner_10-06-2025_09.59.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/433/camscanner_10-06-2025_09.59.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/409/ato_57-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2025/448/0-plc_no_002-2025_-_modifica_a_lei_de_concessao_de_funcao_gratificada_-_caapora_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H121"/>
+  <dimension ref="A1:H122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="154.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="154" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2667,2530 +2673,2556 @@
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>109</v>
       </c>
       <c r="H25" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>111</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>112</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>113</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>114</v>
+        <v>14</v>
       </c>
       <c r="H26" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
         <v>116</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H27" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>120</v>
       </c>
-      <c r="B28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H28" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>124</v>
       </c>
-      <c r="B29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H29" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
         <v>128</v>
       </c>
-      <c r="B30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="H30" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>131</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>132</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>135</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>137</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>138</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>140</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>141</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>143</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>144</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>146</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>147</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>149</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>150</v>
+        <v>116</v>
       </c>
       <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>152</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>153</v>
+      </c>
+      <c r="F38" t="s">
         <v>154</v>
-      </c>
-[...13 lines deleted...]
-        <v>151</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>155</v>
       </c>
       <c r="H38" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>157</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F39" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H39" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>160</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F40" t="s">
+        <v>154</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>163</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F41" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F42" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>168</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F43" t="s">
-        <v>88</v>
+        <v>169</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>171</v>
+        <v>37</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F44" t="s">
         <v>88</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>173</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>46</v>
+        <v>174</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F45" t="s">
-        <v>75</v>
+        <v>88</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>174</v>
+        <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>176</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F46" t="s">
         <v>75</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>177</v>
       </c>
       <c r="H46" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>179</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F47" t="s">
-        <v>161</v>
+        <v>75</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>180</v>
       </c>
       <c r="H47" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>182</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F48" t="s">
+        <v>164</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>185</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>59</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>153</v>
+      </c>
+      <c r="F49" t="s">
         <v>186</v>
-      </c>
-[...13 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>187</v>
       </c>
       <c r="H49" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>189</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
+        <v>63</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>153</v>
+      </c>
+      <c r="F50" t="s">
+        <v>169</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="D50" t="s">
-[...8 lines deleted...]
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>192</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>193</v>
       </c>
-      <c r="B51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F51" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>194</v>
       </c>
       <c r="H51" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>196</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F52" t="s">
-        <v>88</v>
+        <v>154</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>197</v>
       </c>
       <c r="H52" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>199</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F53" t="s">
         <v>88</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H53" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>202</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>203</v>
+        <v>79</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F54" t="s">
         <v>88</v>
       </c>
       <c r="G54" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H54" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>205</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
         <v>206</v>
       </c>
-      <c r="B55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F55" t="s">
         <v>88</v>
       </c>
       <c r="G55" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H55" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>209</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>210</v>
       </c>
-      <c r="B56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F56" t="s">
         <v>88</v>
       </c>
       <c r="G56" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H56" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>213</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>214</v>
       </c>
-      <c r="B57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F57" t="s">
-        <v>161</v>
+        <v>88</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>215</v>
       </c>
       <c r="H57" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>217</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F58" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>218</v>
       </c>
       <c r="H58" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>220</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
+        <v>87</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>153</v>
+      </c>
+      <c r="F59" t="s">
+        <v>164</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="D59" t="s">
-[...5 lines deleted...]
-      <c r="F59" t="s">
+      <c r="H59" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>223</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
         <v>224</v>
       </c>
-      <c r="B60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F60" t="s">
-        <v>161</v>
+        <v>225</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>225</v>
+        <v>14</v>
       </c>
       <c r="H60" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>227</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F61" t="s">
-        <v>222</v>
+        <v>164</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>228</v>
       </c>
       <c r="H61" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>230</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
+        <v>96</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>153</v>
+      </c>
+      <c r="F62" t="s">
+        <v>225</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="D62" t="s">
-[...8 lines deleted...]
-      <c r="G62" s="1" t="s">
+      <c r="H62" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>233</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
         <v>234</v>
       </c>
-      <c r="B63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F63" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>235</v>
       </c>
       <c r="H63" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>237</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
+        <v>100</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>153</v>
+      </c>
+      <c r="F64" t="s">
+        <v>225</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="D64" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>240</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>241</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>153</v>
+      </c>
+      <c r="F65" t="s">
+        <v>225</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="D65" t="s">
-[...5 lines deleted...]
-      <c r="F65" t="s">
+      <c r="H65" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>244</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>245</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>153</v>
+      </c>
+      <c r="F66" t="s">
         <v>246</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="G66" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="D66" t="s">
-[...8 lines deleted...]
-      <c r="G66" s="1" t="s">
+      <c r="H66" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>249</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
         <v>250</v>
       </c>
-      <c r="B67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F67" t="s">
-        <v>75</v>
+        <v>246</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>251</v>
       </c>
       <c r="H67" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>253</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>254</v>
+        <v>104</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F68" t="s">
         <v>75</v>
       </c>
       <c r="G68" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H68" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>256</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>257</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>153</v>
+      </c>
+      <c r="F69" t="s">
+        <v>75</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="D69" t="s">
-[...8 lines deleted...]
-      <c r="G69" s="1" t="s">
+      <c r="H69" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>260</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
         <v>261</v>
       </c>
-      <c r="B70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F70" t="s">
         <v>88</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>262</v>
       </c>
       <c r="H70" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>264</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>265</v>
+        <v>108</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F71" t="s">
         <v>88</v>
       </c>
       <c r="G71" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H71" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>267</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>112</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>153</v>
+      </c>
+      <c r="F72" t="s">
+        <v>88</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="B72" t="s">
-[...2 lines deleted...]
-      <c r="C72" t="s">
+      <c r="H72" t="s">
         <v>269</v>
-      </c>
-[...13 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>270</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>271</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>153</v>
+      </c>
+      <c r="F73" t="s">
+        <v>272</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="H73" t="s">
         <v>274</v>
-      </c>
-[...13 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>275</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>276</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>153</v>
+      </c>
+      <c r="F74" t="s">
+        <v>272</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="H74" t="s">
         <v>278</v>
-      </c>
-[...13 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>279</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>280</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>153</v>
+      </c>
+      <c r="F75" t="s">
+        <v>246</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="H75" t="s">
         <v>282</v>
-      </c>
-[...13 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>283</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>284</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>153</v>
+      </c>
+      <c r="F76" t="s">
+        <v>246</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="H76" t="s">
         <v>286</v>
-      </c>
-[...13 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F77" t="s">
         <v>88</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="H77" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>291</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>292</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>153</v>
+      </c>
+      <c r="F78" t="s">
+        <v>88</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="H78" t="s">
         <v>294</v>
-      </c>
-[...13 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>295</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>296</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>153</v>
+      </c>
+      <c r="F79" t="s">
+        <v>186</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="H79" t="s">
         <v>298</v>
-      </c>
-[...13 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>299</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>300</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>153</v>
+      </c>
+      <c r="F80" t="s">
+        <v>75</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="H80" t="s">
         <v>302</v>
-      </c>
-[...13 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>303</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>304</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>153</v>
+      </c>
+      <c r="F81" t="s">
+        <v>186</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="H81" t="s">
         <v>306</v>
-      </c>
-[...13 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>307</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>308</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>153</v>
+      </c>
+      <c r="F82" t="s">
+        <v>246</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="B82" t="s">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="H82" t="s">
         <v>310</v>
-      </c>
-[...13 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>311</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>312</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>153</v>
+      </c>
+      <c r="F83" t="s">
+        <v>246</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="H83" t="s">
         <v>314</v>
-      </c>
-[...13 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>315</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>316</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>153</v>
+      </c>
+      <c r="F84" t="s">
+        <v>246</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="B84" t="s">
-[...2 lines deleted...]
-      <c r="C84" t="s">
+      <c r="H84" t="s">
         <v>318</v>
-      </c>
-[...13 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>319</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>320</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>153</v>
+      </c>
+      <c r="F85" t="s">
+        <v>88</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="H85" t="s">
         <v>322</v>
-      </c>
-[...13 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>323</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
         <v>324</v>
       </c>
-      <c r="B86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F86" t="s">
-        <v>88</v>
+        <v>154</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>326</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
         <v>327</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>153</v>
+      </c>
+      <c r="F87" t="s">
+        <v>88</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
         <v>328</v>
-      </c>
-[...13 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>329</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>330</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>153</v>
+      </c>
+      <c r="F88" t="s">
+        <v>331</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="H88" t="s">
         <v>333</v>
-      </c>
-[...13 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>334</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>335</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>153</v>
+      </c>
+      <c r="F89" t="s">
+        <v>331</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="B89" t="s">
-[...2 lines deleted...]
-      <c r="C89" t="s">
+      <c r="H89" t="s">
         <v>337</v>
-      </c>
-[...13 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>338</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>339</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>153</v>
+      </c>
+      <c r="F90" t="s">
+        <v>331</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="B90" t="s">
-[...2 lines deleted...]
-      <c r="C90" t="s">
+      <c r="H90" t="s">
         <v>341</v>
-      </c>
-[...13 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>342</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
         <v>343</v>
       </c>
-      <c r="B91" t="s">
-[...2 lines deleted...]
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>153</v>
+      </c>
+      <c r="F91" t="s">
+        <v>331</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="D91" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H91" t="s">
-        <v>345</v>
+        <v>333</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>345</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
         <v>346</v>
       </c>
-      <c r="B92" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F92" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H92" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>348</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
         <v>349</v>
       </c>
-      <c r="B93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F93" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H93" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>351</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>352</v>
       </c>
-      <c r="B94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F94" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>354</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
         <v>355</v>
       </c>
-      <c r="B95" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F95" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>357</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
         <v>358</v>
       </c>
-      <c r="B96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F96" t="s">
-        <v>75</v>
+        <v>331</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>360</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
         <v>361</v>
       </c>
-      <c r="B97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F97" t="s">
-        <v>183</v>
+        <v>75</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>363</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
         <v>364</v>
       </c>
-      <c r="B98" t="s">
-[...2 lines deleted...]
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>153</v>
+      </c>
+      <c r="F98" t="s">
+        <v>186</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H98" t="s">
         <v>365</v>
-      </c>
-[...13 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>366</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>367</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>153</v>
+      </c>
+      <c r="F99" t="s">
+        <v>246</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="H99" t="s">
         <v>369</v>
-      </c>
-[...13 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F100" t="s">
         <v>88</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="H100" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>374</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>375</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>153</v>
+      </c>
+      <c r="F101" t="s">
+        <v>88</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="H101" t="s">
         <v>377</v>
-      </c>
-[...13 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>378</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>379</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>153</v>
+      </c>
+      <c r="F102" t="s">
         <v>380</v>
-      </c>
-[...13 lines deleted...]
-        <v>161</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>382</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
         <v>383</v>
       </c>
-      <c r="B103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F103" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>385</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
         <v>386</v>
       </c>
-      <c r="B104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F104" t="s">
-        <v>222</v>
+        <v>164</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H104" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>388</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
         <v>389</v>
       </c>
-      <c r="B105" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F105" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>391</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
         <v>392</v>
       </c>
-      <c r="B106" t="s">
-[...2 lines deleted...]
-      <c r="C106" t="s">
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>153</v>
+      </c>
+      <c r="F106" t="s">
+        <v>225</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H106" t="s">
         <v>393</v>
-      </c>
-[...13 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>394</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>395</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>153</v>
+      </c>
+      <c r="F107" t="s">
+        <v>225</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="B107" t="s">
-[...2 lines deleted...]
-      <c r="C107" t="s">
+      <c r="H107" t="s">
         <v>397</v>
-      </c>
-[...13 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>398</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>399</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>153</v>
+      </c>
+      <c r="F108" t="s">
+        <v>225</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B108" t="s">
-[...2 lines deleted...]
-      <c r="C108" t="s">
+      <c r="H108" t="s">
         <v>401</v>
-      </c>
-[...13 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>402</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>403</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>153</v>
+      </c>
+      <c r="F109" t="s">
+        <v>75</v>
+      </c>
+      <c r="G109" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B109" t="s">
-[...2 lines deleted...]
-      <c r="C109" t="s">
+      <c r="H109" t="s">
         <v>405</v>
-      </c>
-[...13 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>406</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
         <v>407</v>
       </c>
-      <c r="B110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F110" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>409</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
         <v>410</v>
       </c>
-      <c r="B111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F111" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H111" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>412</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
         <v>413</v>
       </c>
-      <c r="B112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F112" t="s">
-        <v>183</v>
+        <v>164</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H112" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>415</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
         <v>416</v>
       </c>
-      <c r="B113" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F113" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H113" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>418</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
         <v>419</v>
       </c>
-      <c r="B114" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
+        <v>153</v>
+      </c>
+      <c r="F114" t="s">
+        <v>169</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H114" t="s">
         <v>420</v>
-      </c>
-[...7 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>421</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>10</v>
+      </c>
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>422</v>
+      </c>
+      <c r="F115" t="s">
+        <v>88</v>
+      </c>
+      <c r="G115" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="B115" t="s">
-[...14 lines deleted...]
-      <c r="G115" s="1" t="s">
+      <c r="H115" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>425</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>21</v>
+      </c>
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>422</v>
+      </c>
+      <c r="F116" t="s">
+        <v>246</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="B116" t="s">
-[...14 lines deleted...]
-      <c r="G116" s="1" t="s">
+      <c r="H116" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>428</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>25</v>
+      </c>
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>422</v>
+      </c>
+      <c r="F117" t="s">
+        <v>225</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="B117" t="s">
-[...14 lines deleted...]
-      <c r="G117" s="1" t="s">
+      <c r="H117" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>431</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>29</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>422</v>
+      </c>
+      <c r="F118" t="s">
+        <v>225</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="B118" t="s">
-[...8 lines deleted...]
-      <c r="E118" t="s">
+      <c r="H118" t="s">
         <v>433</v>
-      </c>
-[...7 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>434</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>339</v>
+      </c>
+      <c r="D119" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" t="s">
+        <v>435</v>
+      </c>
+      <c r="F119" t="s">
+        <v>246</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B119" t="s">
-[...8 lines deleted...]
-      <c r="E119" t="s">
+      <c r="H119" t="s">
         <v>437</v>
-      </c>
-[...7 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>438</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>10</v>
+      </c>
+      <c r="D120" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" t="s">
         <v>439</v>
-      </c>
-[...10 lines deleted...]
-        <v>437</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H120" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>14</v>
+        <v>442</v>
       </c>
       <c r="H121" t="s">
         <v>443</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>444</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>21</v>
+      </c>
+      <c r="D122" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" t="s">
+        <v>439</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H122" t="s">
+        <v>445</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5271,50 +5303,51 @@
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>