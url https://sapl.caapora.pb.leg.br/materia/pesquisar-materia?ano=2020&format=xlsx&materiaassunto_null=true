--- v0 (2025-12-19)
+++ v1 (2026-03-27)
@@ -54,209 +54,209 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>CMC</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE CAAPORA - PMC</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/87/lei_n-784_sancionada.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/87/lei_n-784_sancionada.pdf</t>
   </si>
   <si>
     <t>MODIFICA DISPOSITIVOS DA LEI MUNICIPAL N-761 DE 04 DE JUNHO DE 2019 QUE REFORMULA ESTRUTURA ADMINISTRATIVA _x000D_
 E ORGANIZACIONAL DA PREFEITURA DE CAAPORÃ-PB, CRIA CARGO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/89/lei_n-785_sancionada.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/89/lei_n-785_sancionada.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O RECEBIMENTO DE HONORÁRIOS ADVOCATÍCIOS SUCUMBENCIAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/</t>
+    <t>http://sapl.caapora.pb.leg.br/media/</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/88/lei_n-787-2020_sancionada.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/88/lei_n-787-2020_sancionada.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE CULTURA DE CAAPORÃ (FMCC), VINCULADO À SECRETARIA DE JUVENTUDE TURISMO EVENTOS E CULTURA E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/86/lei_n-789__sancionada.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/86/lei_n-789__sancionada.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DOS DIREITOS DA MULHER – COMDIM, E DISPÕE SOBRE O FUNDO MUNICIPAL DE POLÍTICAS PÚBLICAS PARA A MULHER</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/176/lei_790-2020.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/176/lei_790-2020.pdf</t>
   </si>
   <si>
     <t>Criação de escola e denominação de escola no distrito de Cupissura.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/77/lei_n-791-2020_sistema_de_cultura.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/77/lei_n-791-2020_sistema_de_cultura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SISTEMA MUNICIPAL DE CULTURA</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/85/lei_n-792-2020_subsidio_vereadores.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/85/lei_n-792-2020_subsidio_vereadores.pdf</t>
   </si>
   <si>
     <t>"FIXA O SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE CAAPORÃ-PB PARA A LEGISLATURA 2021/2024, E DÁ OUTRAS PROVIDÊNCIAS’.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/80/lei_n-793-2020_sancionada.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/80/lei_n-793-2020_sancionada.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO FIRMAR ACORDO DE PARCELAMENTO DE DÍVIDAS PARA COM O IPSEC</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/78/lei_n-794-2020_sancionada.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/78/lei_n-794-2020_sancionada.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE FIXAÇÃO DE SUBSÍDIOS PARA OS AGENTES POLÍTICOS DE 2021-2024</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/81/lei_n-795-2020_loa_2021.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/81/lei_n-795-2020_loa_2021.pdf</t>
   </si>
   <si>
     <t>ESTIMA E FIXA DESPESA DO ORÇAMENTO GERAL DO MUNICÍPIO DE CAAPORÃ/PB RELATIVO AO EXERCÍCIO DE 2021</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/76/lei_n-796-2020_sancionada_1.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/76/lei_n-796-2020_sancionada_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONSELHO MUNICIPAL E FUNDO DE POLITICAS SOBRE DROGAS</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/142/lei_complementar_003-2020_estrutura_ipsec_-sancionada.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/142/lei_complementar_003-2020_estrutura_ipsec_-sancionada.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CAAPORÃ/PB, EM CONFORMIDADE COM A EMENDA CONSTITUCIONAL Nº 103/2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>EMENDA A LEI ORGANICA</t>
   </si>
   <si>
-    <t>https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/363/emenda_003.pdf</t>
+    <t>http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/363/emenda_003.pdf</t>
   </si>
   <si>
     <t>Estabelece idade mínima para aposentadoria voluntária.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -563,68 +563,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/87/lei_n-784_sancionada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/89/lei_n-785_sancionada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/88/lei_n-787-2020_sancionada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/86/lei_n-789__sancionada.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/176/lei_790-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/77/lei_n-791-2020_sistema_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/85/lei_n-792-2020_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/80/lei_n-793-2020_sancionada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/78/lei_n-794-2020_sancionada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/81/lei_n-795-2020_loa_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/76/lei_n-796-2020_sancionada_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/142/lei_complementar_003-2020_estrutura_ipsec_-sancionada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/363/emenda_003.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/87/lei_n-784_sancionada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/89/lei_n-785_sancionada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/88/lei_n-787-2020_sancionada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/86/lei_n-789__sancionada.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/176/lei_790-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/77/lei_n-791-2020_sistema_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/85/lei_n-792-2020_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/80/lei_n-793-2020_sancionada.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/78/lei_n-794-2020_sancionada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/81/lei_n-795-2020_loa_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/76/lei_n-796-2020_sancionada_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/142/lei_complementar_003-2020_estrutura_ipsec_-sancionada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.caapora.pb.leg.br/media/sapl/public/materialegislativa/2020/363/emenda_003.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="188.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>